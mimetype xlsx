--- v0 (2026-01-14)
+++ v1 (2026-03-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="100">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="230">
   <si>
     <t>Nama</t>
   </si>
   <si>
     <t>HP</t>
   </si>
   <si>
     <t>Email</t>
   </si>
   <si>
     <t>Nama Usaha</t>
   </si>
   <si>
     <t>Jenis Usaha</t>
   </si>
   <si>
     <t>Jenis Produk</t>
   </si>
   <si>
     <t>Alamat</t>
   </si>
   <si>
     <t>Kelurahan</t>
   </si>
   <si>
@@ -71,136 +71,97 @@
   <si>
     <t>Legalitas</t>
   </si>
   <si>
     <t>Omset</t>
   </si>
   <si>
     <t>Asset</t>
   </si>
   <si>
     <t>Sosmed</t>
   </si>
   <si>
     <t>Kendala</t>
   </si>
   <si>
     <t>Pengalaman</t>
   </si>
   <si>
     <t>Bersedia</t>
   </si>
   <si>
     <t>Catatan</t>
   </si>
   <si>
-    <t>Jafar Prayogi (contoh)</t>
-[...5 lines deleted...]
-    <t>XIT Clothing</t>
+    <t>Erna Ratnasari</t>
+  </si>
+  <si>
+    <t>Ernaratnasari20.er@gmail.com</t>
+  </si>
+  <si>
+    <t>Cilok Gebetan</t>
   </si>
   <si>
     <t>Kuliner</t>
   </si>
   <si>
-    <t>Kaos, Kemeja, Jaket, dll</t>
-[...5 lines deleted...]
-    <t>Cisaranten Kidul</t>
+    <t>Makanan Ringan Tradisional</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jl. Cemp IX no.66 Cluster Cempaka, Komp Bumi Adipura </t>
+  </si>
+  <si>
+    <t>Rancabolang</t>
   </si>
   <si>
     <t>Gedebage</t>
-  </si>
-[...40 lines deleted...]
-    <t>Rancabolang</t>
   </si>
   <si>
     <t>Jl. Cemp IX no.66 Cluster Cempaka, Bumi Adipura</t>
   </si>
   <si>
     <t>NIB</t>
   </si>
   <si>
     <t>3,000,000</t>
   </si>
   <si>
     <t>7,000,000</t>
   </si>
   <si>
     <t>Cilok Gebetan (instagram)
 Warung Gebetan, Cilengkrang( gofood, grabfood, shopeefood)</t>
   </si>
   <si>
     <t>Pemasaran,Modal Usaha,Legalitas,Proses Produksi,Teknologi</t>
   </si>
   <si>
-    <t>Belum pernah mengikutin pelatihan apapun</t>
+    <t>sudah masuk Siramping</t>
+  </si>
+  <si>
+    <t>YA</t>
   </si>
   <si>
     <t>Bisa menjadi umkm yang sukses. Mengangkat cilok jadi panganan naik kelas tapi harga masuk akal. Bisa menghasilkan cukup sehingga bisa financial freedom. Aamiin</t>
   </si>
   <si>
     <t xml:space="preserve">Nurmety yuninensi </t>
   </si>
   <si>
     <t xml:space="preserve">6282130637892 </t>
   </si>
   <si>
     <t>nurmety_yuninensi@yahoo.com</t>
   </si>
   <si>
     <t xml:space="preserve">Nuy's Kitchen </t>
   </si>
   <si>
     <t xml:space="preserve">Donut, Cake &amp; Pastry </t>
   </si>
   <si>
     <t xml:space="preserve">Bumi adipura cluster cempaka
 Jln cempaka 5a no 43 </t>
   </si>
   <si>
     <t xml:space="preserve">Rancabolang </t>
@@ -245,127 +206,568 @@
   </si>
   <si>
     <t>Jasa Asissten Rumah Tangga
 Jasa pengasuh bayi
 Jasa perawat lansia
 Jasa tukang bangunan
 Jasa tukang kebun
 Jasa supir</t>
   </si>
   <si>
     <t xml:space="preserve">Perumahan Bumi Adipura tahap 4 , jln pinus 10 no 41 </t>
   </si>
   <si>
     <t>Perumahan adipura tahap 4, jln pinus 10 no 41</t>
   </si>
   <si>
     <t>2,000,000</t>
   </si>
   <si>
     <t>WA dan IG agenart_bdg</t>
   </si>
   <si>
     <t>Pemasaran,Legalitas,Sumber Daya Manusia,Teknologi</t>
   </si>
   <si>
-    <t>Belum pernah</t>
-[...1 lines deleted...]
-  <si>
     <t>Pengen lebih banyak lagi orang yg tau tentang usaha kami dan memberikan kemanfaatan kepada para pekerja dan klien</t>
   </si>
   <si>
     <t>Indriyati</t>
   </si>
   <si>
     <t>nonindy.1402@gmail.com</t>
   </si>
   <si>
     <t>IndHand.Creations</t>
   </si>
   <si>
     <t>Craft</t>
   </si>
   <si>
     <t xml:space="preserve">Membuat kerajinan tangan yang berbahan kain atau kain perca </t>
   </si>
   <si>
     <t xml:space="preserve">Jl. Palem 5 no. 48 Komplek Bumi Adipura </t>
   </si>
   <si>
     <t>Jl. Palem 5 no. 48</t>
   </si>
   <si>
     <t>300,000</t>
   </si>
   <si>
     <t>Ig : indhand.creations</t>
   </si>
   <si>
     <t>Pemasaran,Legalitas</t>
   </si>
   <si>
     <t xml:space="preserve">Harapannya semoga dalam mengikuti pendampingan ini saya bisa belajar lebih banyak hal lagi dalam memasarkan produk handmade saya agar bisa terarah dengan baik. </t>
   </si>
   <si>
     <t xml:space="preserve">Iis Handayani </t>
-  </si>
-[...1 lines deleted...]
-    <t>087734553821</t>
   </si>
   <si>
     <t>iishandayani480@gmail.com</t>
   </si>
   <si>
     <t xml:space="preserve">Dapur geulis </t>
   </si>
   <si>
     <t>Cake &amp; bakery</t>
   </si>
   <si>
     <t xml:space="preserve">Jl. Cemara blok b no 7, Adipura 3, Rancabolang, Gedebage, Bandung </t>
   </si>
   <si>
     <t xml:space="preserve">Jl. Cemara blok b no 7 Adipura 3, Rancabolang, Gedebage, Bandung </t>
   </si>
   <si>
     <t>NIB,Halal</t>
   </si>
   <si>
     <t>Ig : dapur_geulis_sinpasa
 Wa : 0877-3455-3821</t>
   </si>
   <si>
     <t>Pemasaran,Modal Usaha,Legalitas</t>
   </si>
   <si>
-    <t xml:space="preserve">Belum pernah </t>
-[...1 lines deleted...]
-  <si>
     <t>Bisa menjadi salah satu umkm yang berkembang dalam skala yang lebih besar &amp; luas</t>
   </si>
   <si>
-    <t>COUNT = 6</t>
+    <t>Lina Marlina</t>
+  </si>
+  <si>
+    <t>Yona Kerpik Pisang</t>
+  </si>
+  <si>
+    <t>Makanan Ringan</t>
+  </si>
+  <si>
+    <t>Jl. Riung Galih No. 3</t>
+  </si>
+  <si>
+    <t>Cisaranten Kidul</t>
+  </si>
+  <si>
+    <t>NIB,Halal,PIRT</t>
+  </si>
+  <si>
+    <t>4,000,000</t>
+  </si>
+  <si>
+    <t>8,000,000</t>
+  </si>
+  <si>
+    <t>Pemasaran,Modal Usaha</t>
+  </si>
+  <si>
+    <t>Ingin meningkatkan penjualan</t>
+  </si>
+  <si>
+    <t>Arry Hernamayanti</t>
+  </si>
+  <si>
+    <t>Pempek Palembang Kedai Embun</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pempek Palembang </t>
+  </si>
+  <si>
+    <t>Jl. Pinus II No. 40 Komplek Adipura
+Rancabolang</t>
+  </si>
+  <si>
+    <t>Jl. Pinus II No. 40 Komplek Adipura Rancabolang</t>
+  </si>
+  <si>
+    <t>Grab, Instagram</t>
+  </si>
+  <si>
+    <t>Pemasaran,Legalitas,Inovasi Produk,Sumber Daya Manusia</t>
+  </si>
+  <si>
+    <t>Agar bisa berkembang usahanya</t>
+  </si>
+  <si>
+    <t>Sirajuddin Abdul Hakim</t>
+  </si>
+  <si>
+    <t>4bdulh4kim@gmail.com</t>
+  </si>
+  <si>
+    <t>Cemara food</t>
+  </si>
+  <si>
+    <t>Kulit pangsit dan kulit dimsum</t>
+  </si>
+  <si>
+    <t>Komp.bumi adipura jalan cemara c no 22 kec gedebage kel rancabolang bandung jawa barat</t>
+  </si>
+  <si>
+    <t>20,000,000</t>
+  </si>
+  <si>
+    <t>Pemasaran</t>
+  </si>
+  <si>
+    <t>Diny Daniarti</t>
+  </si>
+  <si>
+    <t>081322263998</t>
+  </si>
+  <si>
+    <t>dinyaniarti17@gmail.com</t>
+  </si>
+  <si>
+    <t>Dins Kitchen</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Aneka kue kering, cake, jajanan tradisional dan aneka masakan </t>
+  </si>
+  <si>
+    <t>Jl. Riung mungpulung 2 no 9</t>
+  </si>
+  <si>
+    <t>Cisaranten kidul</t>
+  </si>
+  <si>
+    <t>Jl. Riung mungpulung 2 no 9 rt. 10 rw 09</t>
+  </si>
+  <si>
+    <t>100,000,000</t>
+  </si>
+  <si>
+    <t>@Dins175
+Shopee id din2197</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Harapannya smoga selalu lancar usaha, ada bantuan dr program pemerintahan, supaya bisa merekrut org2 sekitarnya biar ekonominya bisa bertumbuh. </t>
+  </si>
+  <si>
+    <t>INDAH ZUNITA</t>
+  </si>
+  <si>
+    <t>082158042165</t>
+  </si>
+  <si>
+    <t>zunitaindah@gmail.com</t>
+  </si>
+  <si>
+    <t>Dapurbunda by indahzunita</t>
+  </si>
+  <si>
+    <t>Roti kue kering cake bolen</t>
+  </si>
+  <si>
+    <t>JL. BTARI VI BF 21</t>
+  </si>
+  <si>
+    <t>RANCABOLANG</t>
+  </si>
+  <si>
+    <t>JL BTARI VI BF 21</t>
+  </si>
+  <si>
+    <t>Instagram
+Shopee</t>
+  </si>
+  <si>
+    <t>Idah nurhamidah</t>
+  </si>
+  <si>
+    <t>081214532154</t>
+  </si>
+  <si>
+    <t>idnurrhamidahh13@gmail.com</t>
+  </si>
+  <si>
+    <t>Syifa catering</t>
+  </si>
+  <si>
+    <t>Makanan dan masakan.kue basah dan kering</t>
+  </si>
+  <si>
+    <t>Jln.riung damai IV no.19 rt08 Rw 12</t>
+  </si>
+  <si>
+    <t>Jln.riung damai IV no.19</t>
+  </si>
+  <si>
+    <t>150,000,000</t>
+  </si>
+  <si>
+    <t>Pemasaran,Modal Usaha,Kebijakan Pemerintah</t>
+  </si>
+  <si>
+    <t>Ingin maju dan sukses dlm berusaha</t>
+  </si>
+  <si>
+    <t>Sari Annalia</t>
+  </si>
+  <si>
+    <t>081214671112</t>
+  </si>
+  <si>
+    <t>sariannalia140884@gmail.com</t>
+  </si>
+  <si>
+    <t>Fayco Tours &amp; Travel</t>
+  </si>
+  <si>
+    <t>Bergerak di bidang tours &amp; travel, menawarkan potensi budaya khususnyabdi bandung seperti destinasi wisata, kegiatan outbond, wisata kuliner</t>
+  </si>
+  <si>
+    <t>Jl Cemara Raya no 2, Bumi Adipura, Kel Rancabolang, Kec Gedebage. Kota Bandung</t>
+  </si>
+  <si>
+    <t>Jl Gedebage Selatan No 19 C, Gedebage, Kota Bandung</t>
+  </si>
+  <si>
+    <t>NIB,NPWP</t>
+  </si>
+  <si>
+    <t>50,000,000</t>
+  </si>
+  <si>
+    <t>10,000,000</t>
+  </si>
+  <si>
+    <t>@faycotours</t>
+  </si>
+  <si>
+    <t>Pemasaran,Modal Usaha,Sumber Daya Manusia,Other</t>
+  </si>
+  <si>
+    <t>Satri Yanti</t>
+  </si>
+  <si>
+    <t>085265294965</t>
+  </si>
+  <si>
+    <t>yanti.satri@gmail.com</t>
+  </si>
+  <si>
+    <t>Ozma Hijab</t>
+  </si>
+  <si>
+    <t>Fashion</t>
+  </si>
+  <si>
+    <t>Fashion Muslimah beserta turunannya, Hijab, Jilbab, Aksesoris Muslimah</t>
+  </si>
+  <si>
+    <t>Bumi Adipura, Cluster Tulip</t>
+  </si>
+  <si>
+    <t>https://shopee.co.id/yanti.satri
+https://www.tokopedia.com/ozma-hijab</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>Harapannya dapat bersaing dan unggul dalam pemasaran dan penjualan di pasar daring Indonesia</t>
+  </si>
+  <si>
+    <t>Rieska Yuanita Pravastia</t>
+  </si>
+  <si>
+    <t>085222663000</t>
+  </si>
+  <si>
+    <t>dapuralifsha@gmail.com</t>
+  </si>
+  <si>
+    <t>Dapur Alifsha</t>
+  </si>
+  <si>
+    <t>Frozen Food, Sambal Kemasan, Catering Bekal Anak, dll</t>
+  </si>
+  <si>
+    <t>Bumi Adipura Cluster Cempaka CVIII No 40</t>
+  </si>
+  <si>
+    <t>2,019</t>
+  </si>
+  <si>
+    <t>IG : @dapuralifsha
+https://wa.me/message/2UGASLJ2ZPBSI1</t>
+  </si>
+  <si>
+    <t>Belum Ada</t>
+  </si>
+  <si>
+    <t>Melalui pendampingan ini, saya berharap dapat merapikan tata kelola keuangan usaha saya dan menyelesaikan seluruh aspek legalitas (seperti NIB, PIRT, atau Halal). Dengan administrasi yang rapi, saya berharap bisnis saya menjadi lebih kredibel dan siap untuk bekerja sama dengan mitra yang lebih besar.</t>
+  </si>
+  <si>
+    <t>Septiani Rahma</t>
+  </si>
+  <si>
+    <t>085158741776</t>
+  </si>
+  <si>
+    <t>septyrahmaputri9@gmail.com</t>
+  </si>
+  <si>
+    <t>Day.ofsweet</t>
+  </si>
+  <si>
+    <t>Makanan, buah2an , dan minuman</t>
+  </si>
+  <si>
+    <t>Komplek Bumi Adipura , Jl Aditeratai No 9, kec gedebage , kelurahan rancabolang</t>
+  </si>
+  <si>
+    <t>Jl.Aditeratai No 9</t>
+  </si>
+  <si>
+    <t>@day.ofsweet</t>
+  </si>
+  <si>
+    <t>Pemasaran,Modal Usaha,Proses Produksi,Teknologi</t>
+  </si>
+  <si>
+    <t>Harapannya bisa lebih berkembang &amp; bisa lebih maju lagi usahanya
+Dan mendapatkan insight yang baru</t>
+  </si>
+  <si>
+    <t>Nira alfin aji kurnia</t>
+  </si>
+  <si>
+    <t>085924101652</t>
+  </si>
+  <si>
+    <t>bakoelsayur2@gmail.com</t>
+  </si>
+  <si>
+    <t>Baso aci nonnis</t>
+  </si>
+  <si>
+    <t>Baso aci, siomay tahu, tahu bakso, cireng, dimsum mini</t>
+  </si>
+  <si>
+    <t>Jl. Cempaka VIa No. 8 bumiadipura</t>
+  </si>
+  <si>
+    <t>Jl. Sudirman</t>
+  </si>
+  <si>
+    <t>Pemasaran,Modal Usaha,Legalitas,Inovasi Produk</t>
+  </si>
+  <si>
+    <t>Dewi Kurniawati</t>
+  </si>
+  <si>
+    <t>081110006460</t>
+  </si>
+  <si>
+    <t>shopkeychan@gmail.com</t>
+  </si>
+  <si>
+    <t>Makanan telur dadar dengan sambal</t>
+  </si>
+  <si>
+    <t>Bumi Adipura cluster cempaka blok 5a no 15 RT 01 RW 11</t>
+  </si>
+  <si>
+    <t>1,000,000</t>
+  </si>
+  <si>
+    <t>Pemasaran,Modal Usaha,Kebijakan Pemerintah,Legalitas,Inovasi Produk,Proses Produksi,Teknologi,Other</t>
+  </si>
+  <si>
+    <t>belum ada</t>
+  </si>
+  <si>
+    <t>Harapan nya usaha saya dapat menemukan jalan untuk promosi dan membuat viral</t>
+  </si>
+  <si>
+    <t>Asbili</t>
+  </si>
+  <si>
+    <t>08112331903</t>
+  </si>
+  <si>
+    <t>asbilyhizman@gmail.com</t>
+  </si>
+  <si>
+    <t>Kareeut</t>
+  </si>
+  <si>
+    <t>lemonade, penne cheese, asinan, buah buahan, salad</t>
+  </si>
+  <si>
+    <t>jl purnabakti iv no 7 riung bandung</t>
+  </si>
+  <si>
+    <t>cisaranten kidul</t>
+  </si>
+  <si>
+    <t>NIB,Halal,NPWP</t>
+  </si>
+  <si>
+    <t>https://www.instagram.com/kareeut/</t>
+  </si>
+  <si>
+    <t>Proses Produksi,Other</t>
+  </si>
+  <si>
+    <t>belum pernah</t>
+  </si>
+  <si>
+    <t>Desy Yusnita Putri</t>
+  </si>
+  <si>
+    <t>08812000882</t>
+  </si>
+  <si>
+    <t>d351putri@gmail.com</t>
+  </si>
+  <si>
+    <t>Adesha</t>
+  </si>
+  <si>
+    <t>Rendang suir
+Bumbu kemasan</t>
+  </si>
+  <si>
+    <t>JL.CEMPAKA 1 NO 46  ADIPURA, RT/RW -, RANCABOLANG, GEDEBAGE</t>
+  </si>
+  <si>
+    <t>NIB,Halal,HAKI,NPWP,PIRT</t>
+  </si>
+  <si>
+    <t>30,000,000</t>
+  </si>
+  <si>
+    <t>Ig. Adesha.Official
+Gofood: Adesha summarecon bandung</t>
+  </si>
+  <si>
+    <t>Pemasaran,Teknologi</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pendampingan dari dispangtan
+Pendampingan dari disbudpar
+Pendampingan dari kemenkop
+Binaan kemenhumkan, binaan disdagin 
+</t>
+  </si>
+  <si>
+    <t>Nur ela sari</t>
+  </si>
+  <si>
+    <t>083164849933</t>
+  </si>
+  <si>
+    <t>elayuni2001@gmail.com</t>
+  </si>
+  <si>
+    <t>Ella fashion</t>
+  </si>
+  <si>
+    <t>Baju casual dan dress</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jl. Gedebage selatan rancabolang rt3/01 </t>
+  </si>
+  <si>
+    <t>Rancabolang rt3/01</t>
+  </si>
+  <si>
+    <t>Ig: ela sarie _11</t>
+  </si>
+  <si>
+    <t>Belum pernan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ingin memajujakn usaha saya bagun  agar lebih menarik </t>
+  </si>
+  <si>
+    <t>COUNT = 21</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125">
         <fgColor rgb="FFFFFFFF"/>
@@ -668,77 +1070,77 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:S8"/>
+  <dimension ref="A1:S23"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="21" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="34" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="13" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="71" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="78" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="166" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="19" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="11" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="77" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="102" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="29" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="13" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="69" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="75" bestFit="true" customWidth="true" style="0"/>
-    <col min="17" max="17" width="48" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="117" bestFit="true" customWidth="true" style="0"/>
+    <col min="17" max="17" width="43" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="10" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="189" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="356" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -761,415 +1163,1262 @@
       </c>
       <c r="N1" t="s">
         <v>13</v>
       </c>
       <c r="O1" t="s">
         <v>14</v>
       </c>
       <c r="P1" t="s">
         <v>15</v>
       </c>
       <c r="Q1" t="s">
         <v>16</v>
       </c>
       <c r="R1" t="s">
         <v>17</v>
       </c>
       <c r="S1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2" spans="1:19">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2">
-        <v>6282258930900</v>
+        <v>6281326122011</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>21</v>
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>23</v>
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="K2">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="L2" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="M2" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="N2" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="O2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="P2" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="Q2" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="R2" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S2" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3" spans="1:19">
       <c r="A3" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>6281326122011</v>
+        <v>36</v>
+      </c>
+      <c r="B3" t="s">
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="E3" t="s">
         <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I3" t="s">
         <v>26</v>
       </c>
       <c r="J3" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="K3">
         <v>1</v>
       </c>
       <c r="L3" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M3" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="N3" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="O3" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="P3" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="Q3" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="R3" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S3" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:19">
       <c r="A4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="B4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>54</v>
       </c>
       <c r="F4" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="G4" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="H4" t="s">
-        <v>55</v>
+        <v>42</v>
       </c>
       <c r="I4" t="s">
         <v>26</v>
       </c>
       <c r="J4" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="L4"/>
       <c r="M4" t="s">
         <v>58</v>
       </c>
       <c r="N4" t="s">
+        <v>58</v>
+      </c>
+      <c r="O4" t="s">
         <v>59</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>60</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
+        <v>33</v>
+      </c>
+      <c r="R4" t="s">
+        <v>34</v>
+      </c>
+      <c r="S4" t="s">
         <v>61</v>
-      </c>
-[...5 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="5" spans="1:19">
       <c r="A5" t="s">
+        <v>62</v>
+      </c>
+      <c r="B5">
+        <v>6281515127180</v>
+      </c>
+      <c r="C5" t="s">
         <v>63</v>
       </c>
-      <c r="B5" t="s">
+      <c r="D5" t="s">
         <v>64</v>
       </c>
-      <c r="C5" t="s">
+      <c r="E5" t="s">
         <v>65</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
         <v>66</v>
       </c>
-      <c r="E5" t="s">
+      <c r="G5" t="s">
         <v>67</v>
       </c>
-      <c r="F5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="I5" t="s">
         <v>26</v>
       </c>
       <c r="J5" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="K5">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="L5"/>
       <c r="M5" t="s">
+        <v>69</v>
+      </c>
+      <c r="N5" t="s">
+        <v>30</v>
+      </c>
+      <c r="O5" t="s">
+        <v>70</v>
+      </c>
+      <c r="P5" t="s">
         <v>71</v>
       </c>
-      <c r="N5" t="s">
-[...2 lines deleted...]
-      <c r="O5" t="s">
+      <c r="Q5" t="s">
+        <v>33</v>
+      </c>
+      <c r="R5" t="s">
+        <v>34</v>
+      </c>
+      <c r="S5" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="6" spans="1:19">
       <c r="A6" t="s">
+        <v>73</v>
+      </c>
+      <c r="B6">
+        <v>6287734553821</v>
+      </c>
+      <c r="C6" t="s">
+        <v>74</v>
+      </c>
+      <c r="D6" t="s">
+        <v>75</v>
+      </c>
+      <c r="E6" t="s">
+        <v>22</v>
+      </c>
+      <c r="F6" t="s">
         <v>76</v>
       </c>
-      <c r="B6">
-[...2 lines deleted...]
-      <c r="C6" t="s">
+      <c r="G6" t="s">
         <v>77</v>
       </c>
-      <c r="D6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H6" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="I6" t="s">
         <v>26</v>
       </c>
       <c r="J6" t="s">
+        <v>78</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6" t="s">
+        <v>79</v>
+      </c>
+      <c r="M6" t="s">
+        <v>58</v>
+      </c>
+      <c r="N6" t="s">
+        <v>58</v>
+      </c>
+      <c r="O6" t="s">
+        <v>80</v>
+      </c>
+      <c r="P6" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>33</v>
+      </c>
+      <c r="R6" t="s">
+        <v>34</v>
+      </c>
+      <c r="S6" t="s">
         <v>82</v>
-      </c>
-[...23 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="7" spans="1:19">
       <c r="A7" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      </c>
+        <v>83</v>
+      </c>
+      <c r="B7">
+        <v>6289655012528</v>
+      </c>
+      <c r="C7"/>
       <c r="D7" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="E7" t="s">
         <v>22</v>
       </c>
       <c r="F7" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="G7" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="H7" t="s">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="I7" t="s">
         <v>26</v>
       </c>
       <c r="J7" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="K7">
-        <v>3</v>
+        <v>17</v>
       </c>
       <c r="L7" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="M7" t="s">
-        <v>71</v>
+        <v>89</v>
       </c>
       <c r="N7" t="s">
-        <v>71</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="O7"/>
       <c r="P7" t="s">
-        <v>96</v>
+        <v>91</v>
       </c>
       <c r="Q7" t="s">
-        <v>97</v>
+        <v>33</v>
       </c>
       <c r="R7" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="S7" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
     </row>
     <row r="8" spans="1:19">
       <c r="A8" t="s">
+        <v>93</v>
+      </c>
+      <c r="B8">
+        <v>6281223309981</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8" t="s">
+        <v>94</v>
+      </c>
+      <c r="E8" t="s">
+        <v>22</v>
+      </c>
+      <c r="F8" t="s">
+        <v>95</v>
+      </c>
+      <c r="G8" t="s">
+        <v>96</v>
+      </c>
+      <c r="H8" t="s">
+        <v>42</v>
+      </c>
+      <c r="I8" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" t="s">
+        <v>97</v>
+      </c>
+      <c r="K8">
+        <v>1</v>
+      </c>
+      <c r="L8" t="s">
+        <v>79</v>
+      </c>
+      <c r="M8" t="s">
+        <v>45</v>
+      </c>
+      <c r="N8" t="s">
+        <v>46</v>
+      </c>
+      <c r="O8" t="s">
+        <v>98</v>
+      </c>
+      <c r="P8" t="s">
         <v>99</v>
       </c>
-      <c r="B8"/>
-[...16 lines deleted...]
-      <c r="S8"/>
+      <c r="Q8" t="s">
+        <v>33</v>
+      </c>
+      <c r="R8" t="s">
+        <v>34</v>
+      </c>
+      <c r="S8" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="9" spans="1:19">
+      <c r="A9" t="s">
+        <v>101</v>
+      </c>
+      <c r="B9">
+        <v>6282127565783</v>
+      </c>
+      <c r="C9" t="s">
+        <v>102</v>
+      </c>
+      <c r="D9" t="s">
+        <v>103</v>
+      </c>
+      <c r="E9" t="s">
+        <v>22</v>
+      </c>
+      <c r="F9" t="s">
+        <v>104</v>
+      </c>
+      <c r="G9" t="s">
+        <v>105</v>
+      </c>
+      <c r="H9" t="s">
+        <v>25</v>
+      </c>
+      <c r="I9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" t="s">
+        <v>105</v>
+      </c>
+      <c r="K9">
+        <v>1</v>
+      </c>
+      <c r="L9" t="s">
+        <v>79</v>
+      </c>
+      <c r="M9" t="s">
+        <v>30</v>
+      </c>
+      <c r="N9" t="s">
+        <v>106</v>
+      </c>
+      <c r="O9"/>
+      <c r="P9" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>33</v>
+      </c>
+      <c r="R9" t="s">
+        <v>34</v>
+      </c>
+      <c r="S9"/>
+    </row>
+    <row r="10" spans="1:19">
+      <c r="A10" t="s">
+        <v>108</v>
+      </c>
+      <c r="B10" t="s">
+        <v>109</v>
+      </c>
+      <c r="C10" t="s">
+        <v>110</v>
+      </c>
+      <c r="D10" t="s">
+        <v>111</v>
+      </c>
+      <c r="E10" t="s">
+        <v>22</v>
+      </c>
+      <c r="F10" t="s">
+        <v>112</v>
+      </c>
+      <c r="G10" t="s">
+        <v>113</v>
+      </c>
+      <c r="H10" t="s">
+        <v>114</v>
+      </c>
+      <c r="I10" t="s">
+        <v>26</v>
+      </c>
+      <c r="J10" t="s">
+        <v>115</v>
+      </c>
+      <c r="K10">
+        <v>4</v>
+      </c>
+      <c r="L10" t="s">
+        <v>79</v>
+      </c>
+      <c r="M10" t="s">
+        <v>116</v>
+      </c>
+      <c r="N10" t="s">
+        <v>29</v>
+      </c>
+      <c r="O10" t="s">
+        <v>117</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>33</v>
+      </c>
+      <c r="R10" t="s">
+        <v>34</v>
+      </c>
+      <c r="S10" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="11" spans="1:19">
+      <c r="A11" t="s">
+        <v>119</v>
+      </c>
+      <c r="B11" t="s">
+        <v>120</v>
+      </c>
+      <c r="C11" t="s">
+        <v>121</v>
+      </c>
+      <c r="D11" t="s">
+        <v>122</v>
+      </c>
+      <c r="E11" t="s">
+        <v>22</v>
+      </c>
+      <c r="F11" t="s">
+        <v>123</v>
+      </c>
+      <c r="G11" t="s">
+        <v>124</v>
+      </c>
+      <c r="H11" t="s">
+        <v>125</v>
+      </c>
+      <c r="I11" t="s">
+        <v>26</v>
+      </c>
+      <c r="J11" t="s">
+        <v>126</v>
+      </c>
+      <c r="K11">
+        <v>8</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11">
+        <v>500</v>
+      </c>
+      <c r="N11">
+        <v>20</v>
+      </c>
+      <c r="O11" t="s">
+        <v>127</v>
+      </c>
+      <c r="P11" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>33</v>
+      </c>
+      <c r="R11" t="s">
+        <v>34</v>
+      </c>
+      <c r="S11"/>
+    </row>
+    <row r="12" spans="1:19">
+      <c r="A12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B12" t="s">
+        <v>129</v>
+      </c>
+      <c r="C12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E12" t="s">
+        <v>54</v>
+      </c>
+      <c r="F12" t="s">
+        <v>132</v>
+      </c>
+      <c r="G12" t="s">
+        <v>133</v>
+      </c>
+      <c r="H12" t="s">
+        <v>114</v>
+      </c>
+      <c r="I12" t="s">
+        <v>26</v>
+      </c>
+      <c r="J12" t="s">
+        <v>134</v>
+      </c>
+      <c r="K12">
+        <v>7</v>
+      </c>
+      <c r="L12" t="s">
+        <v>28</v>
+      </c>
+      <c r="M12" t="s">
+        <v>106</v>
+      </c>
+      <c r="N12" t="s">
+        <v>135</v>
+      </c>
+      <c r="O12"/>
+      <c r="P12" t="s">
+        <v>136</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>33</v>
+      </c>
+      <c r="R12" t="s">
+        <v>34</v>
+      </c>
+      <c r="S12" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19">
+      <c r="A13" t="s">
+        <v>138</v>
+      </c>
+      <c r="B13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" t="s">
+        <v>141</v>
+      </c>
+      <c r="E13" t="s">
+        <v>54</v>
+      </c>
+      <c r="F13" t="s">
+        <v>142</v>
+      </c>
+      <c r="G13" t="s">
+        <v>143</v>
+      </c>
+      <c r="H13" t="s">
+        <v>25</v>
+      </c>
+      <c r="I13" t="s">
+        <v>26</v>
+      </c>
+      <c r="J13" t="s">
+        <v>144</v>
+      </c>
+      <c r="K13">
+        <v>2</v>
+      </c>
+      <c r="L13" t="s">
+        <v>145</v>
+      </c>
+      <c r="M13" t="s">
+        <v>146</v>
+      </c>
+      <c r="N13" t="s">
+        <v>147</v>
+      </c>
+      <c r="O13" t="s">
+        <v>148</v>
+      </c>
+      <c r="P13" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>33</v>
+      </c>
+      <c r="R13" t="s">
+        <v>34</v>
+      </c>
+      <c r="S13"/>
+    </row>
+    <row r="14" spans="1:19">
+      <c r="A14" t="s">
+        <v>150</v>
+      </c>
+      <c r="B14" t="s">
+        <v>151</v>
+      </c>
+      <c r="C14" t="s">
+        <v>152</v>
+      </c>
+      <c r="D14" t="s">
+        <v>153</v>
+      </c>
+      <c r="E14" t="s">
+        <v>154</v>
+      </c>
+      <c r="F14" t="s">
+        <v>155</v>
+      </c>
+      <c r="G14" t="s">
+        <v>156</v>
+      </c>
+      <c r="H14" t="s">
+        <v>25</v>
+      </c>
+      <c r="I14" t="s">
+        <v>26</v>
+      </c>
+      <c r="J14" t="s">
+        <v>156</v>
+      </c>
+      <c r="K14">
+        <v>1</v>
+      </c>
+      <c r="L14"/>
+      <c r="M14" t="s">
+        <v>29</v>
+      </c>
+      <c r="N14" t="s">
+        <v>46</v>
+      </c>
+      <c r="O14" t="s">
+        <v>157</v>
+      </c>
+      <c r="P14" t="s">
+        <v>107</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>158</v>
+      </c>
+      <c r="R14" t="s">
+        <v>34</v>
+      </c>
+      <c r="S14" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19">
+      <c r="A15" t="s">
+        <v>160</v>
+      </c>
+      <c r="B15" t="s">
+        <v>161</v>
+      </c>
+      <c r="C15" t="s">
+        <v>162</v>
+      </c>
+      <c r="D15" t="s">
+        <v>163</v>
+      </c>
+      <c r="E15" t="s">
+        <v>22</v>
+      </c>
+      <c r="F15" t="s">
+        <v>164</v>
+      </c>
+      <c r="G15" t="s">
+        <v>165</v>
+      </c>
+      <c r="H15" t="s">
+        <v>25</v>
+      </c>
+      <c r="I15" t="s">
+        <v>26</v>
+      </c>
+      <c r="J15" t="s">
+        <v>165</v>
+      </c>
+      <c r="K15" t="s">
+        <v>166</v>
+      </c>
+      <c r="L15" t="s">
+        <v>79</v>
+      </c>
+      <c r="M15"/>
+      <c r="N15"/>
+      <c r="O15" t="s">
+        <v>167</v>
+      </c>
+      <c r="P15" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>168</v>
+      </c>
+      <c r="R15" t="s">
+        <v>34</v>
+      </c>
+      <c r="S15" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="16" spans="1:19">
+      <c r="A16" t="s">
+        <v>160</v>
+      </c>
+      <c r="B16" t="s">
+        <v>161</v>
+      </c>
+      <c r="C16" t="s">
+        <v>162</v>
+      </c>
+      <c r="D16" t="s">
+        <v>163</v>
+      </c>
+      <c r="E16" t="s">
+        <v>22</v>
+      </c>
+      <c r="F16" t="s">
+        <v>164</v>
+      </c>
+      <c r="G16" t="s">
+        <v>165</v>
+      </c>
+      <c r="H16" t="s">
+        <v>25</v>
+      </c>
+      <c r="I16" t="s">
+        <v>26</v>
+      </c>
+      <c r="J16" t="s">
+        <v>165</v>
+      </c>
+      <c r="K16" t="s">
+        <v>166</v>
+      </c>
+      <c r="L16" t="s">
+        <v>79</v>
+      </c>
+      <c r="M16" t="s">
+        <v>89</v>
+      </c>
+      <c r="N16">
+        <v>0</v>
+      </c>
+      <c r="O16" t="s">
+        <v>167</v>
+      </c>
+      <c r="P16" t="s">
+        <v>81</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>168</v>
+      </c>
+      <c r="R16" t="s">
+        <v>34</v>
+      </c>
+      <c r="S16" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="17" spans="1:19">
+      <c r="A17" t="s">
+        <v>170</v>
+      </c>
+      <c r="B17" t="s">
+        <v>171</v>
+      </c>
+      <c r="C17" t="s">
+        <v>172</v>
+      </c>
+      <c r="D17" t="s">
+        <v>173</v>
+      </c>
+      <c r="E17" t="s">
+        <v>22</v>
+      </c>
+      <c r="F17" t="s">
+        <v>174</v>
+      </c>
+      <c r="G17" t="s">
+        <v>175</v>
+      </c>
+      <c r="H17" t="s">
+        <v>25</v>
+      </c>
+      <c r="I17" t="s">
+        <v>26</v>
+      </c>
+      <c r="J17" t="s">
+        <v>176</v>
+      </c>
+      <c r="K17">
+        <v>2</v>
+      </c>
+      <c r="L17"/>
+      <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>1</v>
+      </c>
+      <c r="O17" t="s">
+        <v>177</v>
+      </c>
+      <c r="P17" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q17"/>
+      <c r="R17" t="s">
+        <v>34</v>
+      </c>
+      <c r="S17" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="18" spans="1:19">
+      <c r="A18" t="s">
+        <v>180</v>
+      </c>
+      <c r="B18" t="s">
+        <v>181</v>
+      </c>
+      <c r="C18" t="s">
+        <v>182</v>
+      </c>
+      <c r="D18" t="s">
+        <v>183</v>
+      </c>
+      <c r="E18" t="s">
+        <v>22</v>
+      </c>
+      <c r="F18" t="s">
+        <v>184</v>
+      </c>
+      <c r="G18" t="s">
+        <v>185</v>
+      </c>
+      <c r="H18" t="s">
+        <v>25</v>
+      </c>
+      <c r="I18" t="s">
+        <v>26</v>
+      </c>
+      <c r="J18" t="s">
+        <v>186</v>
+      </c>
+      <c r="K18">
+        <v>6</v>
+      </c>
+      <c r="L18" t="s">
+        <v>28</v>
+      </c>
+      <c r="M18" t="s">
+        <v>29</v>
+      </c>
+      <c r="N18" t="s">
+        <v>147</v>
+      </c>
+      <c r="O18"/>
+      <c r="P18" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q18"/>
+      <c r="R18" t="s">
+        <v>34</v>
+      </c>
+      <c r="S18"/>
+    </row>
+    <row r="19" spans="1:19">
+      <c r="A19" t="s">
+        <v>188</v>
+      </c>
+      <c r="B19" t="s">
+        <v>189</v>
+      </c>
+      <c r="C19" t="s">
+        <v>190</v>
+      </c>
+      <c r="D19"/>
+      <c r="E19" t="s">
+        <v>22</v>
+      </c>
+      <c r="F19" t="s">
+        <v>191</v>
+      </c>
+      <c r="G19" t="s">
+        <v>192</v>
+      </c>
+      <c r="H19" t="s">
+        <v>25</v>
+      </c>
+      <c r="I19" t="s">
+        <v>26</v>
+      </c>
+      <c r="J19" t="s">
+        <v>192</v>
+      </c>
+      <c r="K19">
+        <v>1</v>
+      </c>
+      <c r="L19" t="s">
+        <v>28</v>
+      </c>
+      <c r="M19" t="s">
+        <v>193</v>
+      </c>
+      <c r="N19">
+        <v>0</v>
+      </c>
+      <c r="O19"/>
+      <c r="P19" t="s">
+        <v>194</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>195</v>
+      </c>
+      <c r="R19" t="s">
+        <v>34</v>
+      </c>
+      <c r="S19" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="20" spans="1:19">
+      <c r="A20" t="s">
+        <v>197</v>
+      </c>
+      <c r="B20" t="s">
+        <v>198</v>
+      </c>
+      <c r="C20" t="s">
+        <v>199</v>
+      </c>
+      <c r="D20" t="s">
+        <v>200</v>
+      </c>
+      <c r="E20" t="s">
+        <v>22</v>
+      </c>
+      <c r="F20" t="s">
+        <v>201</v>
+      </c>
+      <c r="G20" t="s">
+        <v>202</v>
+      </c>
+      <c r="H20" t="s">
+        <v>203</v>
+      </c>
+      <c r="I20" t="s">
+        <v>26</v>
+      </c>
+      <c r="J20" t="s">
+        <v>202</v>
+      </c>
+      <c r="K20">
+        <v>10</v>
+      </c>
+      <c r="L20" t="s">
+        <v>204</v>
+      </c>
+      <c r="M20" t="s">
+        <v>58</v>
+      </c>
+      <c r="N20">
+        <v>50</v>
+      </c>
+      <c r="O20" t="s">
+        <v>205</v>
+      </c>
+      <c r="P20" t="s">
+        <v>206</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>207</v>
+      </c>
+      <c r="R20" t="s">
+        <v>34</v>
+      </c>
+      <c r="S20"/>
+    </row>
+    <row r="21" spans="1:19">
+      <c r="A21" t="s">
+        <v>208</v>
+      </c>
+      <c r="B21" t="s">
+        <v>209</v>
+      </c>
+      <c r="C21" t="s">
+        <v>210</v>
+      </c>
+      <c r="D21" t="s">
+        <v>211</v>
+      </c>
+      <c r="E21" t="s">
+        <v>22</v>
+      </c>
+      <c r="F21" t="s">
+        <v>212</v>
+      </c>
+      <c r="G21" t="s">
+        <v>213</v>
+      </c>
+      <c r="H21" t="s">
+        <v>25</v>
+      </c>
+      <c r="I21" t="s">
+        <v>26</v>
+      </c>
+      <c r="J21" t="s">
+        <v>213</v>
+      </c>
+      <c r="K21">
+        <v>10</v>
+      </c>
+      <c r="L21" t="s">
+        <v>214</v>
+      </c>
+      <c r="M21" t="s">
+        <v>215</v>
+      </c>
+      <c r="N21" t="s">
+        <v>146</v>
+      </c>
+      <c r="O21" t="s">
+        <v>216</v>
+      </c>
+      <c r="P21" t="s">
+        <v>217</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>218</v>
+      </c>
+      <c r="R21" t="s">
+        <v>34</v>
+      </c>
+      <c r="S21"/>
+    </row>
+    <row r="22" spans="1:19">
+      <c r="A22" t="s">
+        <v>219</v>
+      </c>
+      <c r="B22" t="s">
+        <v>220</v>
+      </c>
+      <c r="C22" t="s">
+        <v>221</v>
+      </c>
+      <c r="D22" t="s">
+        <v>222</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>223</v>
+      </c>
+      <c r="G22" t="s">
+        <v>224</v>
+      </c>
+      <c r="H22" t="s">
+        <v>25</v>
+      </c>
+      <c r="I22" t="s">
+        <v>26</v>
+      </c>
+      <c r="J22" t="s">
+        <v>225</v>
+      </c>
+      <c r="K22">
+        <v>2</v>
+      </c>
+      <c r="L22" t="s">
+        <v>28</v>
+      </c>
+      <c r="M22">
+        <v>200</v>
+      </c>
+      <c r="N22">
+        <v>15</v>
+      </c>
+      <c r="O22" t="s">
+        <v>226</v>
+      </c>
+      <c r="P22" t="s">
+        <v>91</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>227</v>
+      </c>
+      <c r="R22" t="s">
+        <v>34</v>
+      </c>
+      <c r="S22" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="23" spans="1:19">
+      <c r="A23" t="s">
+        <v>229</v>
+      </c>
+      <c r="B23"/>
+      <c r="C23"/>
+      <c r="D23"/>
+      <c r="E23"/>
+      <c r="F23"/>
+      <c r="G23"/>
+      <c r="H23"/>
+      <c r="I23"/>
+      <c r="J23"/>
+      <c r="K23"/>
+      <c r="L23"/>
+      <c r="M23"/>
+      <c r="N23"/>
+      <c r="O23"/>
+      <c r="P23"/>
+      <c r="Q23"/>
+      <c r="R23"/>
+      <c r="S23"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>